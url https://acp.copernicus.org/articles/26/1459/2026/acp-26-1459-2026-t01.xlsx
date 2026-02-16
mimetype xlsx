--- v0 (2026-01-28)
+++ v1 (2026-02-16)
@@ -28,153 +28,153 @@
   </bookViews>
   <sheets>
     <sheet name="Worksheet 1" sheetId="1" r:id="rId4"/>
     <sheet name="Worksheet" sheetId="2" r:id="rId5"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="39">
   <si>
     <t>Model</t>
   </si>
   <si>
     <t>RMSE (×10-1)</t>
   </si>
   <si>
     <t>R2</t>
   </si>
   <si>
     <t>CatBoost</t>
   </si>
   <si>
-    <t>1 ± 1</t>
-[...2 lines deleted...]
-    <t>0 ± 0</t>
+    <t>1.53 ± 1.08</t>
+  </si>
+  <si>
+    <t>0.87 ± 0.08</t>
   </si>
   <si>
     <t>Gradient Boosting</t>
   </si>
   <si>
-    <t>1 ± 0</t>
-[...2 lines deleted...]
-    <t>0 ± 0</t>
+    <t>1.55 ± 0.91</t>
+  </si>
+  <si>
+    <t>0.88 ± 0.05</t>
   </si>
   <si>
     <t>Extremely Randomized Trees</t>
   </si>
   <si>
-    <t>1 ± 0</t>
-[...2 lines deleted...]
-    <t>0 ± 0</t>
+    <t>1.62 ± 0.94</t>
+  </si>
+  <si>
+    <t>0.87 ± 0.05</t>
   </si>
   <si>
     <t>Light Gradient Boosting Machine</t>
   </si>
   <si>
-    <t>1 ± 1</t>
-[...2 lines deleted...]
-    <t>0 ± 0</t>
+    <t>1.63 ± 1.00</t>
+  </si>
+  <si>
+    <t>0.86 ± 0.07</t>
   </si>
   <si>
     <t>Extreme Gradient Boosting</t>
   </si>
   <si>
-    <t>1 ± 1</t>
-[...2 lines deleted...]
-    <t>0 ± 0</t>
+    <t>1.67 ± 1.04</t>
+  </si>
+  <si>
+    <t>0.86 ± 0.07</t>
   </si>
   <si>
     <t>Decision Tree</t>
   </si>
   <si>
-    <t>1 ± 0</t>
-[...2 lines deleted...]
-    <t>0 ± 0</t>
+    <t>1.99 ± 0.92</t>
+  </si>
+  <si>
+    <t>0.80 ± 0.04</t>
   </si>
   <si>
     <t>Adaptive Boosting</t>
   </si>
   <si>
-    <t>2 ± 0</t>
-[...2 lines deleted...]
-    <t>0 ± 0</t>
+    <t>2.05 ± 0.75</t>
+  </si>
+  <si>
+    <t>0.75 ± 0.11</t>
   </si>
   <si>
     <t>K-Nearest Neighbors</t>
   </si>
   <si>
-    <t>2 ± 1</t>
-[...2 lines deleted...]
-    <t>0 ± 0</t>
+    <t>2.09 ± 1.05</t>
+  </si>
+  <si>
+    <t>0.78 ± 0.06</t>
   </si>
   <si>
     <t>Physical Equation</t>
   </si>
   <si>
-    <t>2 ± 1</t>
-[...2 lines deleted...]
-    <t>0 ± 0</t>
+    <t>2.10 ± 1.34</t>
+  </si>
+  <si>
+    <t>0.78 ± 0.11</t>
   </si>
   <si>
     <t>Bayesian Ridge Regression</t>
   </si>
   <si>
-    <t>2 ± 0</t>
-[...2 lines deleted...]
-    <t>0 ± 0</t>
+    <t>2.73 ± 0.90</t>
+  </si>
+  <si>
+    <t>0.56 ± 0.16</t>
   </si>
   <si>
     <t>Linear Regression</t>
   </si>
   <si>
-    <t>2 ± 0</t>
-[...2 lines deleted...]
-    <t>0 ± 0</t>
+    <t>2.73 ± 0.90</t>
+  </si>
+  <si>
+    <t>0.56 ± 0.16</t>
   </si>
   <si>
     <t>Ridge Regression</t>
   </si>
   <si>
-    <t>2 ± 0</t>
-[...2 lines deleted...]
-    <t>0 ± 0</t>
+    <t>2.73 ± 0.90</t>
+  </si>
+  <si>
+    <t>0.56 ± 0.16</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125">
         <fgColor rgb="FFFFFFFF"/>
@@ -505,142 +505,142 @@
   </sheetPr>
   <dimension ref="A1:C13"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <sheetData>
     <row r="1" spans="1:3">
       <c r="A1" s="0" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="0" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="0" t="s">
         <v>2</v>
       </c>
     </row>
     <row r="2" spans="1:3">
       <c r="A2" s="0" t="s">
         <v>3</v>
       </c>
       <c r="B2" s="0" t="s">
-        <v>16</v>
+        <v>4</v>
       </c>
       <c r="C2" s="0" t="s">
-        <v>38</v>
+        <v>5</v>
       </c>
     </row>
     <row r="3" spans="1:3">
       <c r="A3" s="0" t="s">
         <v>6</v>
       </c>
       <c r="B3" s="0" t="s">
-        <v>19</v>
+        <v>7</v>
       </c>
       <c r="C3" s="0" t="s">
-        <v>38</v>
+        <v>8</v>
       </c>
     </row>
     <row r="4" spans="1:3">
       <c r="A4" s="0" t="s">
         <v>9</v>
       </c>
       <c r="B4" s="0" t="s">
-        <v>19</v>
+        <v>10</v>
       </c>
       <c r="C4" s="0" t="s">
-        <v>38</v>
+        <v>11</v>
       </c>
     </row>
     <row r="5" spans="1:3">
       <c r="A5" s="0" t="s">
         <v>12</v>
       </c>
       <c r="B5" s="0" t="s">
-        <v>16</v>
+        <v>13</v>
       </c>
       <c r="C5" s="0" t="s">
-        <v>38</v>
+        <v>17</v>
       </c>
     </row>
     <row r="6" spans="1:3">
       <c r="A6" s="0" t="s">
         <v>15</v>
       </c>
       <c r="B6" s="0" t="s">
         <v>16</v>
       </c>
       <c r="C6" s="0" t="s">
-        <v>38</v>
+        <v>17</v>
       </c>
     </row>
     <row r="7" spans="1:3">
       <c r="A7" s="0" t="s">
         <v>18</v>
       </c>
       <c r="B7" s="0" t="s">
         <v>19</v>
       </c>
       <c r="C7" s="0" t="s">
-        <v>38</v>
+        <v>20</v>
       </c>
     </row>
     <row r="8" spans="1:3">
       <c r="A8" s="0" t="s">
         <v>21</v>
       </c>
       <c r="B8" s="0" t="s">
-        <v>37</v>
+        <v>22</v>
       </c>
       <c r="C8" s="0" t="s">
-        <v>38</v>
+        <v>23</v>
       </c>
     </row>
     <row r="9" spans="1:3">
       <c r="A9" s="0" t="s">
         <v>24</v>
       </c>
       <c r="B9" s="0" t="s">
-        <v>28</v>
+        <v>25</v>
       </c>
       <c r="C9" s="0" t="s">
-        <v>38</v>
+        <v>26</v>
       </c>
     </row>
     <row r="10" spans="1:3">
       <c r="A10" s="0" t="s">
         <v>27</v>
       </c>
       <c r="B10" s="0" t="s">
         <v>28</v>
       </c>
       <c r="C10" s="0" t="s">
-        <v>38</v>
+        <v>29</v>
       </c>
     </row>
     <row r="11" spans="1:3">
       <c r="A11" s="0" t="s">
         <v>30</v>
       </c>
       <c r="B11" s="0" t="s">
         <v>37</v>
       </c>
       <c r="C11" s="0" t="s">
         <v>38</v>
       </c>
     </row>
     <row r="12" spans="1:3">
       <c r="A12" s="0" t="s">
         <v>33</v>
       </c>
       <c r="B12" s="0" t="s">
         <v>37</v>
       </c>
       <c r="C12" s="0" t="s">
         <v>38</v>
       </c>
     </row>
     <row r="13" spans="1:3">